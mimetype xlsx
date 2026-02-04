--- v0 (2025-12-03)
+++ v1 (2026-02-04)
@@ -1,495 +1,498 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R916343db484c4d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd1e6d91e42d4b90af008d9788ee9778.psmdcp" Id="Rb900a319457444a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dc1cbaff67d459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6a48e36d8d1f428790345a2601cd8084.psmdcp" Id="Rcca7854432ef4d23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="iPad統計_114" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>iPad 完整通過統計 - 114 學年</x:t>
   </x:si>
   <x:si>
     <x:t>學校代碼</x:t>
   </x:si>
   <x:si>
     <x:t>學校名稱</x:t>
   </x:si>
   <x:si>
     <x:t>編制人數</x:t>
   </x:si>
   <x:si>
     <x:t>完全通過</x:t>
   </x:si>
   <x:si>
     <x:t>通過率</x:t>
   </x:si>
   <x:si>
     <x:t>183306</x:t>
   </x:si>
   <x:si>
     <x:t>成德高中</x:t>
   </x:si>
   <x:si>
-    <x:t>82.30%</x:t>
+    <x:t>84.96%</x:t>
   </x:si>
   <x:si>
     <x:t>183307</x:t>
   </x:si>
   <x:si>
     <x:t>香山高中</x:t>
   </x:si>
   <x:si>
     <x:t>90.60%</x:t>
   </x:si>
   <x:si>
     <x:t>183313</x:t>
   </x:si>
   <x:si>
     <x:t>建功高中</x:t>
   </x:si>
   <x:si>
-    <x:t>78.70%</x:t>
+    <x:t>79.29%</x:t>
   </x:si>
   <x:si>
     <x:t>183314</x:t>
   </x:si>
   <x:si>
     <x:t>數位實驗高中</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>183501</x:t>
   </x:si>
   <x:si>
     <x:t>建華國中</x:t>
   </x:si>
   <x:si>
-    <x:t>56.06%</x:t>
+    <x:t>71.21%</x:t>
   </x:si>
   <x:si>
     <x:t>183502</x:t>
   </x:si>
   <x:si>
     <x:t>培英國中</x:t>
   </x:si>
   <x:si>
-    <x:t>93.43%</x:t>
+    <x:t>95.96%</x:t>
   </x:si>
   <x:si>
     <x:t>183503</x:t>
   </x:si>
   <x:si>
     <x:t>光華國中</x:t>
   </x:si>
   <x:si>
-    <x:t>100.69%</x:t>
+    <x:t>111.11%</x:t>
   </x:si>
   <x:si>
     <x:t>183504</x:t>
   </x:si>
   <x:si>
     <x:t>育賢國中</x:t>
   </x:si>
   <x:si>
-    <x:t>104.59%</x:t>
+    <x:t>108.26%</x:t>
   </x:si>
   <x:si>
     <x:t>183505</x:t>
   </x:si>
   <x:si>
     <x:t>光武國中</x:t>
   </x:si>
   <x:si>
-    <x:t>91.04%</x:t>
+    <x:t>96.27%</x:t>
   </x:si>
   <x:si>
     <x:t>183508</x:t>
   </x:si>
   <x:si>
     <x:t>南華國中</x:t>
   </x:si>
   <x:si>
     <x:t>112.90%</x:t>
   </x:si>
   <x:si>
     <x:t>183509</x:t>
   </x:si>
   <x:si>
     <x:t>富禮國中</x:t>
   </x:si>
   <x:si>
     <x:t>107.41%</x:t>
   </x:si>
   <x:si>
     <x:t>183510</x:t>
   </x:si>
   <x:si>
     <x:t>三民國中</x:t>
   </x:si>
   <x:si>
-    <x:t>111.65%</x:t>
+    <x:t>111.17%</x:t>
   </x:si>
   <x:si>
     <x:t>183511</x:t>
   </x:si>
   <x:si>
     <x:t>內湖國中</x:t>
   </x:si>
   <x:si>
-    <x:t>109.09%</x:t>
+    <x:t>113.64%</x:t>
   </x:si>
   <x:si>
     <x:t>183512</x:t>
   </x:si>
   <x:si>
     <x:t>虎林國中</x:t>
   </x:si>
   <x:si>
     <x:t>137.50%</x:t>
   </x:si>
   <x:si>
     <x:t>183514</x:t>
   </x:si>
   <x:si>
     <x:t>新科國中</x:t>
   </x:si>
   <x:si>
     <x:t>118.37%</x:t>
   </x:si>
   <x:si>
     <x:t>183515</x:t>
   </x:si>
   <x:si>
     <x:t>竹光國中</x:t>
   </x:si>
   <x:si>
+    <x:t>113.98%</x:t>
+  </x:si>
+  <x:si>
     <x:t>183516</x:t>
   </x:si>
   <x:si>
     <x:t>華德福實校國中</x:t>
   </x:si>
   <x:si>
     <x:t>80.00%</x:t>
   </x:si>
   <x:si>
     <x:t>183601</x:t>
   </x:si>
   <x:si>
     <x:t>新竹國小</x:t>
   </x:si>
   <x:si>
-    <x:t>96.55%</x:t>
+    <x:t>95.40%</x:t>
   </x:si>
   <x:si>
     <x:t>183602</x:t>
   </x:si>
   <x:si>
     <x:t>北門國小</x:t>
   </x:si>
   <x:si>
     <x:t>111.54%</x:t>
   </x:si>
   <x:si>
     <x:t>183603</x:t>
   </x:si>
   <x:si>
     <x:t>民富國小</x:t>
   </x:si>
   <x:si>
     <x:t>99.31%</x:t>
   </x:si>
   <x:si>
     <x:t>183604</x:t>
   </x:si>
   <x:si>
     <x:t>東門國小</x:t>
   </x:si>
   <x:si>
     <x:t>97.54%</x:t>
   </x:si>
   <x:si>
     <x:t>183605</x:t>
   </x:si>
   <x:si>
     <x:t>西門國小</x:t>
   </x:si>
   <x:si>
-    <x:t>104.72%</x:t>
+    <x:t>105.66%</x:t>
   </x:si>
   <x:si>
     <x:t>183606</x:t>
   </x:si>
   <x:si>
     <x:t>竹蓮國小</x:t>
   </x:si>
   <x:si>
     <x:t>106.82%</x:t>
   </x:si>
   <x:si>
     <x:t>183607</x:t>
   </x:si>
   <x:si>
     <x:t>東園國小</x:t>
   </x:si>
   <x:si>
-    <x:t>78.87%</x:t>
+    <x:t>79.58%</x:t>
   </x:si>
   <x:si>
     <x:t>183608</x:t>
   </x:si>
   <x:si>
     <x:t>三民國小</x:t>
   </x:si>
   <x:si>
     <x:t>106.11%</x:t>
   </x:si>
   <x:si>
     <x:t>183609</x:t>
   </x:si>
   <x:si>
     <x:t>龍山國小</x:t>
   </x:si>
   <x:si>
     <x:t>87.85%</x:t>
   </x:si>
   <x:si>
     <x:t>183610</x:t>
   </x:si>
   <x:si>
     <x:t>關東國小</x:t>
   </x:si>
   <x:si>
     <x:t>104.17%</x:t>
   </x:si>
   <x:si>
     <x:t>183611</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">載熙國小 </x:t>
   </x:si>
   <x:si>
     <x:t>102.94%</x:t>
   </x:si>
   <x:si>
     <x:t>183612</x:t>
   </x:si>
   <x:si>
     <x:t>南寮國小</x:t>
   </x:si>
   <x:si>
-    <x:t>111.27%</x:t>
+    <x:t>112.68%</x:t>
   </x:si>
   <x:si>
     <x:t>183613</x:t>
   </x:si>
   <x:si>
     <x:t>建功國小</x:t>
   </x:si>
   <x:si>
     <x:t>102.25%</x:t>
   </x:si>
   <x:si>
     <x:t>183614</x:t>
   </x:si>
   <x:si>
     <x:t>水源國小</x:t>
   </x:si>
   <x:si>
+    <x:t>183615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>香山國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>虎林國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>港南國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>大庄國小</x:t>
+  </x:si>
+  <x:si>
     <x:t>115.38%</x:t>
   </x:si>
   <x:si>
-    <x:t>183615</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>183619</x:t>
   </x:si>
   <x:si>
     <x:t>茄苳國小</x:t>
   </x:si>
   <x:si>
     <x:t>123.08%</x:t>
   </x:si>
   <x:si>
     <x:t>183620</x:t>
   </x:si>
   <x:si>
     <x:t>朝山國小</x:t>
   </x:si>
   <x:si>
     <x:t>109.52%</x:t>
   </x:si>
   <x:si>
     <x:t>183621</x:t>
   </x:si>
   <x:si>
     <x:t>大湖國小</x:t>
   </x:si>
   <x:si>
+    <x:t>130.77%</x:t>
+  </x:si>
+  <x:si>
     <x:t>183622</x:t>
   </x:si>
   <x:si>
     <x:t>內湖國小</x:t>
   </x:si>
   <x:si>
     <x:t>109.38%</x:t>
   </x:si>
   <x:si>
     <x:t>183623</x:t>
   </x:si>
   <x:si>
     <x:t>南隘國小</x:t>
   </x:si>
   <x:si>
     <x:t>106.67%</x:t>
   </x:si>
   <x:si>
     <x:t>183625</x:t>
   </x:si>
   <x:si>
     <x:t>頂埔國小</x:t>
   </x:si>
   <x:si>
-    <x:t>111.11%</x:t>
+    <x:t>114.81%</x:t>
   </x:si>
   <x:si>
     <x:t>183626</x:t>
   </x:si>
   <x:si>
     <x:t>舊社國小</x:t>
   </x:si>
   <x:si>
-    <x:t>107.32%</x:t>
+    <x:t>104.88%</x:t>
   </x:si>
   <x:si>
     <x:t>183627</x:t>
   </x:si>
   <x:si>
     <x:t>陽光國小</x:t>
   </x:si>
   <x:si>
     <x:t>101.69%</x:t>
   </x:si>
   <x:si>
     <x:t>183628</x:t>
   </x:si>
   <x:si>
     <x:t>科園國小</x:t>
   </x:si>
   <x:si>
-    <x:t>111.43%</x:t>
+    <x:t>108.57%</x:t>
   </x:si>
   <x:si>
     <x:t>183629</x:t>
   </x:si>
   <x:si>
     <x:t>高峰國小</x:t>
   </x:si>
   <x:si>
     <x:t>183630</x:t>
   </x:si>
   <x:si>
     <x:t>青草湖國小</x:t>
   </x:si>
   <x:si>
     <x:t>183631</x:t>
   </x:si>
   <x:si>
     <x:t>華德福實校國小</x:t>
   </x:si>
   <x:si>
     <x:t>116.67%</x:t>
   </x:si>
   <x:si>
     <x:t>183632</x:t>
   </x:si>
   <x:si>
     <x:t>關埔國小</x:t>
   </x:si>
   <x:si>
-    <x:t>98.35%</x:t>
+    <x:t>105.79%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -838,853 +841,853 @@
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D4" s="0">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>185</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>145</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>122</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C12" s="0">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D12" s="0">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D13" s="0">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C14" s="0">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>230</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C15" s="0">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C16" s="0">
         <x:v>40</x:v>
       </x:c>
       <x:c r="D16" s="0">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C17" s="0">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D17" s="0">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C18" s="0">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C19" s="0">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D19" s="0">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C20" s="0">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C21" s="0">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D21" s="0">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C22" s="0">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D22" s="0">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C23" s="0">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D23" s="0">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C24" s="0">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C25" s="0">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D25" s="0">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C26" s="0">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C27" s="0">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D27" s="0">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C28" s="0">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D28" s="0">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C29" s="0">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D29" s="0">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C30" s="0">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D30" s="0">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C31" s="0">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C32" s="0">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D32" s="0">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C33" s="0">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C34" s="0">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C35" s="0">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>32</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C36" s="0">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D36" s="0">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C37" s="0">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C38" s="0">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D38" s="0">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C39" s="0">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D39" s="0">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C40" s="0">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C41" s="0">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D41" s="0">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C42" s="0">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D42" s="0">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C43" s="0">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C44" s="0">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C45" s="0">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D45" s="0">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C46" s="0">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C47" s="0">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D47" s="0">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C48" s="0">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D48" s="0">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C49" s="0">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D49" s="0">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C50" s="0">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>119</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>iPad統計_114</vt:lpstr>
       <vt:lpstr>iPad統計_114!Print_Area</vt:lpstr>
       <vt:lpstr>iPad統計_114!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>