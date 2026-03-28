--- v1 (2026-02-04)
+++ v2 (2026-03-28)
@@ -1,489 +1,480 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dc1cbaff67d459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6a48e36d8d1f428790345a2601cd8084.psmdcp" Id="Rcca7854432ef4d23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbad6fd39546422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd7e46cb62a842719fe54c0b88a29cb0.psmdcp" Id="Re5b92919caf44b2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="iPad統計_114" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>iPad 完整通過統計 - 114 學年</x:t>
   </x:si>
   <x:si>
     <x:t>學校代碼</x:t>
   </x:si>
   <x:si>
     <x:t>學校名稱</x:t>
   </x:si>
   <x:si>
     <x:t>編制人數</x:t>
   </x:si>
   <x:si>
     <x:t>完全通過</x:t>
   </x:si>
   <x:si>
     <x:t>通過率</x:t>
   </x:si>
   <x:si>
     <x:t>183306</x:t>
   </x:si>
   <x:si>
     <x:t>成德高中</x:t>
   </x:si>
   <x:si>
-    <x:t>84.96%</x:t>
+    <x:t>71.53%</x:t>
   </x:si>
   <x:si>
     <x:t>183307</x:t>
   </x:si>
   <x:si>
     <x:t>香山高中</x:t>
   </x:si>
   <x:si>
-    <x:t>90.60%</x:t>
+    <x:t>78.49%</x:t>
   </x:si>
   <x:si>
     <x:t>183313</x:t>
   </x:si>
   <x:si>
     <x:t>建功高中</x:t>
   </x:si>
   <x:si>
-    <x:t>79.29%</x:t>
+    <x:t>69.07%</x:t>
   </x:si>
   <x:si>
     <x:t>183314</x:t>
   </x:si>
   <x:si>
     <x:t>數位實驗高中</x:t>
   </x:si>
   <x:si>
-    <x:t>-</x:t>
+    <x:t>46.15%</x:t>
   </x:si>
   <x:si>
     <x:t>183501</x:t>
   </x:si>
   <x:si>
     <x:t>建華國中</x:t>
   </x:si>
   <x:si>
-    <x:t>71.21%</x:t>
+    <x:t>86.11%</x:t>
   </x:si>
   <x:si>
     <x:t>183502</x:t>
   </x:si>
   <x:si>
     <x:t>培英國中</x:t>
   </x:si>
   <x:si>
-    <x:t>95.96%</x:t>
+    <x:t>95.00%</x:t>
   </x:si>
   <x:si>
     <x:t>183503</x:t>
   </x:si>
   <x:si>
     <x:t>光華國中</x:t>
   </x:si>
   <x:si>
+    <x:t>98.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>育賢國中</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>光武國中</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>南華國中</x:t>
+  </x:si>
+  <x:si>
+    <x:t>116.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>富禮國中</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>三民國中</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>內湖國中</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>虎林國中</x:t>
+  </x:si>
+  <x:si>
+    <x:t>134.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>新科國中</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>竹光國中</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>華德福實校國中</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>新竹國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>北門國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>民富國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>102.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>東門國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>西門國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>106.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>竹蓮國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>東園國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>三民國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>龍山國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>關東國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183611</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">載熙國小 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>105.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>南寮國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>114.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>建功國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>水源國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>香山國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>虎林國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>港南國小</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>183618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>大庄國小</x:t>
+  </x:si>
+  <x:si>
     <x:t>111.11%</x:t>
   </x:si>
   <x:si>
-    <x:t>183504</x:t>
-[...247 lines deleted...]
-  <x:si>
     <x:t>183619</x:t>
   </x:si>
   <x:si>
     <x:t>茄苳國小</x:t>
   </x:si>
   <x:si>
-    <x:t>123.08%</x:t>
+    <x:t>133.33%</x:t>
   </x:si>
   <x:si>
     <x:t>183620</x:t>
   </x:si>
   <x:si>
     <x:t>朝山國小</x:t>
   </x:si>
   <x:si>
-    <x:t>109.52%</x:t>
+    <x:t>115.00%</x:t>
   </x:si>
   <x:si>
     <x:t>183621</x:t>
   </x:si>
   <x:si>
     <x:t>大湖國小</x:t>
   </x:si>
   <x:si>
     <x:t>130.77%</x:t>
   </x:si>
   <x:si>
     <x:t>183622</x:t>
   </x:si>
   <x:si>
     <x:t>內湖國小</x:t>
   </x:si>
   <x:si>
-    <x:t>109.38%</x:t>
+    <x:t>112.50%</x:t>
   </x:si>
   <x:si>
     <x:t>183623</x:t>
   </x:si>
   <x:si>
     <x:t>南隘國小</x:t>
   </x:si>
   <x:si>
-    <x:t>106.67%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>183625</x:t>
   </x:si>
   <x:si>
     <x:t>頂埔國小</x:t>
   </x:si>
   <x:si>
-    <x:t>114.81%</x:t>
+    <x:t>119.23%</x:t>
   </x:si>
   <x:si>
     <x:t>183626</x:t>
   </x:si>
   <x:si>
     <x:t>舊社國小</x:t>
   </x:si>
   <x:si>
-    <x:t>104.88%</x:t>
+    <x:t>113.16%</x:t>
   </x:si>
   <x:si>
     <x:t>183627</x:t>
   </x:si>
   <x:si>
     <x:t>陽光國小</x:t>
   </x:si>
   <x:si>
-    <x:t>101.69%</x:t>
+    <x:t>109.09%</x:t>
   </x:si>
   <x:si>
     <x:t>183628</x:t>
   </x:si>
   <x:si>
     <x:t>科園國小</x:t>
   </x:si>
   <x:si>
-    <x:t>108.57%</x:t>
+    <x:t>125.81%</x:t>
   </x:si>
   <x:si>
     <x:t>183629</x:t>
   </x:si>
   <x:si>
     <x:t>高峰國小</x:t>
   </x:si>
   <x:si>
     <x:t>183630</x:t>
   </x:si>
   <x:si>
     <x:t>青草湖國小</x:t>
   </x:si>
   <x:si>
     <x:t>183631</x:t>
   </x:si>
   <x:si>
     <x:t>華德福實校國小</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>116.67%</x:t>
   </x:si>
   <x:si>
     <x:t>183632</x:t>
   </x:si>
   <x:si>
     <x:t>關埔國小</x:t>
   </x:si>
   <x:si>
     <x:t>105.79%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -838,856 +829,856 @@
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>113</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>149</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D4" s="0">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>169</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D5" s="0">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D6" s="0">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>47</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D8" s="0">
         <x:v>190</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>144</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>160</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>134</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D11" s="0">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="0">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>27</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D13" s="0">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D16" s="0">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D19" s="0">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D20" s="0">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="B21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C21" s="0">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D21" s="0">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="B22" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C22" s="0">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D22" s="0">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="B23" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C23" s="0">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D23" s="0">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="B24" s="0" t="s">
+      <x:c r="C24" s="0">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="E24" s="0" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="B25" s="0" t="s">
+      <x:c r="C25" s="0">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="E25" s="0" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="B26" s="0" t="s">
+      <x:c r="C26" s="0">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="E26" s="0" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="C27" s="0">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="B28" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C28" s="0">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D28" s="0">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="B29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C29" s="0">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D30" s="0">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="E31" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D32" s="0">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>26</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D33" s="0">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="B34" s="0" t="s">
+      <x:c r="C34" s="0">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="E34" s="0" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C35" s="0">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D35" s="0">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B36" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C36" s="0">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D36" s="0">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="B37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C37" s="0">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D37" s="0">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="B38" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C38" s="0">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D38" s="0">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="B39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C39" s="0">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D39" s="0">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
       <x:c r="C40" s="0">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D40" s="0">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
       <x:c r="C41" s="0">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="B42" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C42" s="0">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D42" s="0">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D43" s="0">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>82</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D44" s="0">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D45" s="0">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="E46" s="0" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C47" s="0">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D47" s="0">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C48" s="0">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D48" s="0">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D49" s="0">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C50" s="0">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D50" s="0">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>iPad統計_114</vt:lpstr>
       <vt:lpstr>iPad統計_114!Print_Area</vt:lpstr>
       <vt:lpstr>iPad統計_114!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>